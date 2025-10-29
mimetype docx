--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -222,51 +222,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="A0A2255E"/>
+    <w:nsid w:val="EA8B7A32"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>