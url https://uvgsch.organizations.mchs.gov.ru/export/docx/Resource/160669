--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -222,51 +222,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="EA8B7A32"/>
+    <w:nsid w:val="2D4BF3EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>