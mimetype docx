--- v2 (2025-11-19)
+++ v3 (2025-12-11)
@@ -222,51 +222,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="2D4BF3EC"/>
+    <w:nsid w:val="D3030B54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>