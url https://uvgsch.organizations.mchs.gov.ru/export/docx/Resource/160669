--- v3 (2025-12-11)
+++ v4 (2026-01-19)
@@ -146,51 +146,51 @@
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Нормативнаядокументация</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -222,51 +222,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="D3030B54"/>
+    <w:nsid w:val="EE4FA600"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>