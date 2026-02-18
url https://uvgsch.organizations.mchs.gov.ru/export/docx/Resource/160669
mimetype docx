--- v4 (2026-01-19)
+++ v5 (2026-02-18)
@@ -222,51 +222,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="EE4FA600"/>
+    <w:nsid w:val="6BD60ECB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>