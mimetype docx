--- v5 (2026-02-18)
+++ v6 (2026-03-14)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Соревнования-2024</w:t>
+        <w:t xml:space="preserve">Соревнования-2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Государственные учреждения МЧС России</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
         <w:bidiVisual w:val="0"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:color="fffffff"/>
           <w:left w:val="single" w:sz="6" w:color="fffffff"/>
           <w:right w:val="single" w:sz="6" w:color="fffffff"/>
           <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
@@ -80,95 +80,67 @@
               <w:rPr/>
               <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийныхбедствий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Соревнования-2024</w:t>
+              <w:t xml:space="preserve">Соревнования-2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
-              <w:r>
-[...26 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr/>
                 <w:t xml:space="preserve">Нормативнаядокументация</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -222,51 +194,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="6BD60ECB"/>
+    <w:nsid w:val="89FC84FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -508,51 +480,51 @@
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:link w:val="Heading4Char"/>
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:b w:val="1"/>
       <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sorevnovaniya-2024/pravila" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sorevnovaniya-2024/sostav-sudev" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sorevnovaniya-2024/normativnaya-dokumentaciya" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sorevnovaniya-2026/normativnaya-dokumentaciya" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>